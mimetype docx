--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,1585 +1,1197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E15760" w:rsidRDefault="00AA1AB1" w:rsidP="00AD6BFF">
+    <w:p w:rsidR="00BC0FC9" w:rsidRPr="002A7C07" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:bidi="ar-EG"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00AD6BFF" w:rsidRPr="00A64E8F" w:rsidRDefault="00AD6BFF" w:rsidP="00AD6BFF">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>Newton and Christianity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you realise that Newton could have been condemned to death or imprisonment, as Galilei before him, and he would have had to abjure his own scientific research? He would have had to do that if he had spoken out and expressed his convictions. At the time, this was considered a crime liable to capital punishment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...196 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>(The title appears)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Newton believed that the concept of the Trinity is insupportable. He had to face problems because of his belief. When Newton joined Trinity College at the University of Cambridge, he was required to take orders and be ordained as a priest. But he continued to put this off indefinitely. When he was selected for the Lucasian Chair, he addressed a personal appeal to King Charles II requesting that he be exempted from this requirement because he did not believe in the Trinity. His appeal led to the final cancellation of this requirement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>Put plainly, Newton believed in the One God. Amazingly, his concept of God and Jesus was close to the Islamic concept. His biographer, Richard Westfall, writes: ‘Newton recognized Christ as a divine mediator between God and man who was subordinate to the Father who created him’.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00251207" w:rsidRPr="00A64E8F">
-[...264 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Newton, then, considered Jesus an intermediary between God and man and that he was subject to his Creator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indeed, God’s messengers have such intermediary role between God and His creation, and they are subject to God’s will like all creatures. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Newton followed Arius who was a Unitarian and rejected Athanasius who believed in the Trinity. Newton believed in an omnipotent and omniscient God. Newton says in his </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>Twelve Articles on Religion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, published around 1710: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>This most beautiful system of the sun, planets and comets could only proceed from the counsel and dominion of an intelligent and powerful Being…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>There is one God, the Father, ever-living, omnipresent, omniscient, almighty, the maker of heaven and earth and one mediator between God and man. That man is Christ Jesus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD12BC">
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>We are to return thanks to the father alone for creating us and giving us food and raiment and other blessings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Newton studied the Gospel more than he studied any other thing and he arrived at the conclusion that numerous texts were introduced and inserted into the Gospel asserting the divinity of Jesus Christ. These texts were not part of the Gospel before. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRPr="009C3A9C" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:bidi="ar-SY"/>
+        </w:rPr>
+        <w:t>The Islamic belief is that stated by God in the Qur'an: ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The only true faith acceptable to God is [man’s] self-surrender to Him.’ And it's the message of all messengers and prophets. Adam, Noah, Moses, Jesus and Mohamed. It's one message from god. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Newton come</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> very</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> close to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this idea when he said </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C3A9C">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first religion was the most rational of all others till the nations corrupted it.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00140E8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=dnCNg1lWosM&amp;t=3s</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRPr="00591E19" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC0FC9" w:rsidRPr="00E7326D" w:rsidRDefault="00BC0FC9" w:rsidP="00E7326D">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00A64E8F">
-[...92 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00BC0FC9" w:rsidRPr="00E7326D" w:rsidSect="008C3434">
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:bidi/>
-      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A53ED6" w:rsidRDefault="00A53ED6" w:rsidP="00AA1AB1">
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A53ED6" w:rsidRDefault="00A53ED6" w:rsidP="00AA1AB1">
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Sakkal Majalla">
-    <w:panose1 w:val="02000000000000000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A000207F" w:usb1="C000204B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A53ED6" w:rsidRDefault="00A53ED6" w:rsidP="00AA1AB1">
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A53ED6" w:rsidRDefault="00A53ED6" w:rsidP="00AA1AB1">
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="00BC0FC9" w:rsidRDefault="00BC0FC9" w:rsidP="00843D7F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Richard S. Westfall, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Never at Rest</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Cambridge University Press.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:embedSystemFonts/>
   <w:defaultTabStop w:val="720"/>
+  <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AA1AB1"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FC0DC1"/>
+    <w:rsidRoot w:val="00843D7F"/>
+    <w:rsid w:val="00140E8A"/>
+    <w:rsid w:val="00202DAC"/>
+    <w:rsid w:val="002A7C07"/>
+    <w:rsid w:val="004B67BA"/>
+    <w:rsid w:val="00591E19"/>
+    <w:rsid w:val="007D347C"/>
+    <w:rsid w:val="00843D7F"/>
+    <w:rsid w:val="008C3434"/>
+    <w:rsid w:val="009C3A9C"/>
+    <w:rsid w:val="00AF39DC"/>
+    <w:rsid w:val="00BC0FC9"/>
+    <w:rsid w:val="00D338FE"/>
+    <w:rsid w:val="00DD12BC"/>
+    <w:rsid w:val="00E7326D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:uiCompat97To2003/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{36140D0F-B19B-4EB7-815E-0A5514616CEC}"/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Web 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Theme" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00843D7F"/>
     <w:pPr>
-      <w:bidi/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00AA1AB1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00843D7F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AA1AB1"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00843D7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...2 lines deleted...]
-    <w:link w:val="FooterChar"/>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...7 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00843D7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AA1AB1"/>
+    <w:rsid w:val="00591E19"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
+  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dnCNg1lWosM&amp;t=3s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal_Wordconv.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Pages>2</Pages>
+  <Words>424</Words>
+  <Characters>2420</Characters>
+  <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>&lt;egyptian hak&gt;</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3105</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>SOFT-NET</dc:creator>
+  <dc:creator>Mohamed ashour</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>