--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -1,1049 +1,1819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E16F92" w:rsidRDefault="00E16F92" w:rsidP="0086065F">
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="009B1159" w:rsidRPr="007869F3" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007869F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Racism</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The black people in the USA were considered savage wild people who have no history</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Everything</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> you are, we hate you</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the Africans had knowledge of themselves</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>you can suffocate that knowledge with any false suffocation of knowledge you decide</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">once you can stop me from acknowledging myself, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>then</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> you can tell me those lies</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I'm not black!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In the early years of the 20th century is recorded that there were </w:t>
+      </w:r>
+      <w:r>
+        <w:t>churches that</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> they could put pieces of pinewood at the entrance to the church and they had fine combs and they said, if your skin is not lighter than this wood </w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>comb cannot pass easily through your hair</w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>then, you are not eligible to enter this church for communing with the lord</w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>It's also recorded that there are religions that say that there are people are born into a cast of untouchables</w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and they are considered the lowest and most despicable of society </w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and there's no way for them to elevate from that level within their lifetime</w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="007C39AB" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>It's</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> recorded th</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t>at there are religions that say</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>that there's a race of people that are the chosen ones</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>and others cannot be the chosen people of God if they were not born into that race</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Races, as we can see, past and present, it's something that was </w:t>
+      </w:r>
+      <w:r w:rsidR="007C39AB">
+        <w:t>institutionalized and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> became systemic and it's epidemic, that unfortunately we are still affected by it today</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="00B47844" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> consider ourselves advanced societies and civilized people and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>then we find that there's strong resurgence of this disease in our modern times</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="00B47844" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> find that hate crimes are on the rise in a number of developed nations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>and this is something which is unacceptable</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B47844" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Today I will share with you the Islamic solution to this ugly disease and the Islamic perspective on Racism</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Throughout history, people illogically tried to persuade themselves that they are superior to others</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>sometimes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> claiming that they were physically stronger</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or that they were more intelligent or that they were superior due to their lineage and family</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Often this was made based on color or race and this blatant Racism</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Now, when you talk about race you have the 'ism' word, Racism,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>socialism, capitalism, liberalism; this 'ism' actually is just a feeling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Now, let me share what God Almighty said about race:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in the Holy Quran, the fina</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67590">
+        <w:t>l revelation, that was revealed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by Allah</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47844">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to confirm what was revealed in the Old and New Testament, the Torah and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Injil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E67590">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Allah said: "Oh mankind, we created you from male and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67590">
+        <w:t>female and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> made you nations and tribes so you know each other"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00534DDA" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Now, Allah is telling us and reminding us that we are all mankind, you and me</w:t>
+      </w:r>
+      <w:r w:rsidR="004E147A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>weather we are Muslims or not, as long as we are human beings</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Allah is talking to us. </w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Oh people, oh mankind, indeed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>We</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Allah) created</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>who had created all of you from one male and one female, Adam and Eve</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Then, Allah said: "And We made you into nations and tribes (race)…"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Allah again remind us that in the beginning of the creation there was no race</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>there was only Adam and Eve and the children of Adam</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>we are all a big family, we are all children of Adam</w:t>
+      </w:r>
+      <w:r w:rsidR="00534DDA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF4102" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) said: "People are from Adam and Adam was made from dirt"</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>he continued saying, 'there is no superiority of an Arab over non-Arab person,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">there is no superiority of a white person over black person and vice versa, except for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Taqwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>except if you look at the level of piety, God consciousness</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>So, in Islam the only virtue of a person over another, that the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) described</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and also that Allah Almighty had described within the Book (Quran),</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is the measure of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Taqwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,  God consciousness</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Allah then, give us the correct criteria, what is that we should use </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to determine that someone is greater than someone else, what we should use</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to determine that someone is superior to someone else?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Allah says: "Indeed, the most honorable amongst </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the one that has the most God consciousness (piety, righteousness)"</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4102">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and Prophet Muhammad (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>), said, pointing to his heart, "Piety (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>taqwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is here"</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>piety is in the heart, it's not something that people can see</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>And in another narration, Prophet Muhammad (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>, informed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> us that Allah indeed doesn’t look at our physical form</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and He doesn’t look at the wealth that we possess, it's not about what race we are</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t>. It's</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> not about our economic status, but rather, Allah will look at our hearts</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">what intentions do we have, what beliefs, and He we look at our actions and </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>deeds as</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a result of those intentions and those beliefs</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>This is the true criteria, the criteria that people cannot use to judge one another</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>cause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> no one knows what is in other person's heart</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Why Allah created so many races and colors and languages?</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Allah Almighty knows what humans will be demanding</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> Imagine</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Allah created in the ocean only tuna fish</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I don’t think anyone of us would enjoy eating only tuna fish</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and Allah created so many different types of fishes</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>so that we can have a choice</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to look at the creation of Allah, to appreciate and understand the creation of Allah</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60818">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>these differences are not for you to compete</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60818">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>but these differences are for you to be thankful to Allah</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60818">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>so Allah says, "I've made you into tribes and races…" for what?</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60818">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> fight against each other? To say, I'm white better than the black?</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60818">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>And</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Arab better than a non-Arab? No!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Allah Almighty said: "To know each other" the reason I made you different</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>, you</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> complement each other</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94FA4">
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Islam is here to provide equality</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>, so</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> everybody has equal rights</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94FA4">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94FA4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>just</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a few decades earlier, not too far from the death of the Messenger (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94FA4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>after the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) inculcated these meanings within the society</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94FA4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="00C94FA4" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> have the example of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Attaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve">' ibn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Abi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Rabah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>, he was a person black in color</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>he got one eye, and he was also partially paralyzed,</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve">and later on in his life, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Attaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>' also lost his other eye, so he became fully blind</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>he also was a poor person, he didn’t have money</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>he slept in the mosque for 20 years, cause he was very poor</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>he was a person that during the time of Al-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Hejjaj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> who attacked Makkah</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>his hand got cut off as well. All of these things that bring a social stigma to a person</w:t>
+      </w:r>
+      <w:r w:rsidR="00205B8F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="00205B8F" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>he skin color, the blindness, the hand cut, and also poverty; all these things</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>did not stop him in a society that was nurtured within the prophetic culture</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>that did not stop him from becoming a person of value in the society. Because</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve">Prophet Muhammad, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>, said no to discrimination and taught us to do the same thing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Attaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve">') became the mufti of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>Haaram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> (Makkah)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>He became the one who gave the religious verdicts in Makkah</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>he became a scholar, giving fatwa and guidance, in the time</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which the largest gatherings of  Muslims occurred in Makkah</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>there would be a caller  who announced aloud, he would said:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">'No one should give fatwa to the people except for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Attaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">', </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">despite he was blind, poor and his skin color was black and he was also cripple a caller calls all the Muslims that gathers for Hajj and says, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nobody is to give fatwa to the people excepts for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Attaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>This was the culture that the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) brought and that was the clear change</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) brought</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>We have an example in the life</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> of the Prophet Muhammad (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B8770B">
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">where we find that when one of the companions wanted to disagree </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>when there was an argument with one of the  fellow Muslim</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>He tried to insult him based on his mother and the race he was from</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and that man went and complain to the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ask him if he was an Arab and had noble lineage and he was asked</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">'did you insult him cause of his mother and based on who his mother is? </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t>He</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> said, 'yes, I did, oh Messenger of Allah'</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>He said, ' then you are a person that still has traits of the people of pre-Islamic ignorance'</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">meaning: sometimes we are victims of our upbringing </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>unfortunately human beings love to segregate and divide and love to say is  'us' and 'them'</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and love to hate one another; and we end up raising people on that</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>weather is our own children or the society around us or the education system</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and a person becomes tinted with that filth of racism and discrimination</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8770B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="00B8770B" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>So</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>, the Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B1159">
+        <w:t>) told him, you are n</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ot fully purified from that, so </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>that means that you have to take steps to re-educate yourself and to change your beliefs and your words and your actions, to reflect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>the proper behavior, and that is the behavior of a person that does not hate others</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t>based on their race or nationality or based on their tribes, lineage or their origins</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1159">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>We should love each other and share things together</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and try our best and make this life in this world very peaceful ideal for us to live and grow, and if, we, Muslims believe that Islam is the best</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Islam is for everybody. So, we must not discriminate other person because of his race</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>When the Quran speaks about race, speaks about one race, the human race</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Allah says, "And We did honored mankind" over any other race</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and that includes all the colors, races, ethnicities, languages</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tribes that there are amongst mankind</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and Allah Almighty's Messenger (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) addressed his followers and companions</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in the farewell pilgrimage, and he said. "Oh Mankind, your God is One!</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> And</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> your father is one (Adam), there's no distinction for an Arab over a non-Arab nor for a white person over a black person, nor for a black person over a white person</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>except through piety"</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and piety, again, is something that is internal and related to the person's faith to Allah</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Islam came to eradicate Racism</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Yet we must admit that racisms is a problem within many Muslim societies</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">but it's perhaps the reminiscences and evil </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>that colonialism brought with it</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>because Allah's Messenger (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) came to eradicate racism and discrimination</w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C3DA8" w:rsidRPr="009B1159" w:rsidRDefault="009B1159" w:rsidP="007869F3">
+      <w:pPr>
+        <w:jc w:val="highKashida"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Prophet (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pbuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) said, </w:t>
+      </w:r>
+      <w:r w:rsidR="007869F3">
+        <w:t>"And</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the most honorable amongst </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r>
-[...817 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="007869F3">
+        <w:t>you are</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the ones that are most pious"</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004C3DA8" w:rsidRPr="009B1159">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AB0C78"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E16F92"/>
+    <w:rsidRoot w:val="00C15D02"/>
+    <w:rsid w:val="000071ED"/>
+    <w:rsid w:val="00013B4F"/>
+    <w:rsid w:val="00016D4F"/>
+    <w:rsid w:val="00026B2A"/>
+    <w:rsid w:val="00030897"/>
+    <w:rsid w:val="00034F74"/>
+    <w:rsid w:val="00047D1A"/>
+    <w:rsid w:val="00070EE0"/>
+    <w:rsid w:val="00073D49"/>
+    <w:rsid w:val="000757C9"/>
+    <w:rsid w:val="00082F09"/>
+    <w:rsid w:val="00093852"/>
+    <w:rsid w:val="000B1231"/>
+    <w:rsid w:val="000B1C83"/>
+    <w:rsid w:val="000B6FCD"/>
+    <w:rsid w:val="000C218D"/>
+    <w:rsid w:val="000D22A7"/>
+    <w:rsid w:val="000D7FCD"/>
+    <w:rsid w:val="000E4D6B"/>
+    <w:rsid w:val="001104E6"/>
+    <w:rsid w:val="00111E8F"/>
+    <w:rsid w:val="00116771"/>
+    <w:rsid w:val="001274D0"/>
+    <w:rsid w:val="00131BDA"/>
+    <w:rsid w:val="00135DD5"/>
+    <w:rsid w:val="00141844"/>
+    <w:rsid w:val="00156419"/>
+    <w:rsid w:val="00163B8F"/>
+    <w:rsid w:val="00165A23"/>
+    <w:rsid w:val="001A02C0"/>
+    <w:rsid w:val="001A5A69"/>
+    <w:rsid w:val="001B0A85"/>
+    <w:rsid w:val="001E5DE3"/>
+    <w:rsid w:val="001E7680"/>
+    <w:rsid w:val="001F47DF"/>
+    <w:rsid w:val="001F7DC6"/>
+    <w:rsid w:val="00205B8F"/>
+    <w:rsid w:val="00221AF5"/>
+    <w:rsid w:val="002406F9"/>
+    <w:rsid w:val="00247D77"/>
+    <w:rsid w:val="002543CE"/>
+    <w:rsid w:val="0025671E"/>
+    <w:rsid w:val="0026394B"/>
+    <w:rsid w:val="00263ED1"/>
+    <w:rsid w:val="00264750"/>
+    <w:rsid w:val="0026627C"/>
+    <w:rsid w:val="00291437"/>
+    <w:rsid w:val="00294731"/>
+    <w:rsid w:val="002969A1"/>
+    <w:rsid w:val="002A272D"/>
+    <w:rsid w:val="002C4F83"/>
+    <w:rsid w:val="002C6603"/>
+    <w:rsid w:val="002D632F"/>
+    <w:rsid w:val="002E65B1"/>
+    <w:rsid w:val="002E7B72"/>
+    <w:rsid w:val="002F5FB9"/>
+    <w:rsid w:val="003178DE"/>
+    <w:rsid w:val="00321F58"/>
+    <w:rsid w:val="003240A5"/>
+    <w:rsid w:val="003261D6"/>
+    <w:rsid w:val="00357C67"/>
+    <w:rsid w:val="00375430"/>
+    <w:rsid w:val="00375952"/>
+    <w:rsid w:val="003815B8"/>
+    <w:rsid w:val="00385B06"/>
+    <w:rsid w:val="003B453A"/>
+    <w:rsid w:val="003C38EF"/>
+    <w:rsid w:val="003C777D"/>
+    <w:rsid w:val="003D04A4"/>
+    <w:rsid w:val="003D3FCA"/>
+    <w:rsid w:val="003D79D9"/>
+    <w:rsid w:val="003E2C1C"/>
+    <w:rsid w:val="003E4FC9"/>
+    <w:rsid w:val="003E64BE"/>
+    <w:rsid w:val="003F166A"/>
+    <w:rsid w:val="0040210F"/>
+    <w:rsid w:val="00423126"/>
+    <w:rsid w:val="00436827"/>
+    <w:rsid w:val="004505BD"/>
+    <w:rsid w:val="00460512"/>
+    <w:rsid w:val="00463EA0"/>
+    <w:rsid w:val="00464E45"/>
+    <w:rsid w:val="00470212"/>
+    <w:rsid w:val="004B1963"/>
+    <w:rsid w:val="004B1C67"/>
+    <w:rsid w:val="004C159F"/>
+    <w:rsid w:val="004C3DA8"/>
+    <w:rsid w:val="004C57AE"/>
+    <w:rsid w:val="004E07BD"/>
+    <w:rsid w:val="004E147A"/>
+    <w:rsid w:val="004E1E23"/>
+    <w:rsid w:val="004E776E"/>
+    <w:rsid w:val="0050469F"/>
+    <w:rsid w:val="005131DB"/>
+    <w:rsid w:val="00516265"/>
+    <w:rsid w:val="00522ABA"/>
+    <w:rsid w:val="00534DDA"/>
+    <w:rsid w:val="00536AB7"/>
+    <w:rsid w:val="005547B0"/>
+    <w:rsid w:val="00574CEF"/>
+    <w:rsid w:val="00592286"/>
+    <w:rsid w:val="00597A75"/>
+    <w:rsid w:val="005A016E"/>
+    <w:rsid w:val="005A54F2"/>
+    <w:rsid w:val="005C1299"/>
+    <w:rsid w:val="005C7FF7"/>
+    <w:rsid w:val="005D201B"/>
+    <w:rsid w:val="005E2E5C"/>
+    <w:rsid w:val="00602392"/>
+    <w:rsid w:val="00605B7B"/>
+    <w:rsid w:val="00606075"/>
+    <w:rsid w:val="006207B0"/>
+    <w:rsid w:val="00622E58"/>
+    <w:rsid w:val="0063169B"/>
+    <w:rsid w:val="00633DA4"/>
+    <w:rsid w:val="00636459"/>
+    <w:rsid w:val="00636722"/>
+    <w:rsid w:val="00640D9F"/>
+    <w:rsid w:val="00641D21"/>
+    <w:rsid w:val="00642E45"/>
+    <w:rsid w:val="00650A1D"/>
+    <w:rsid w:val="006637D6"/>
+    <w:rsid w:val="00681792"/>
+    <w:rsid w:val="00681D55"/>
+    <w:rsid w:val="00682694"/>
+    <w:rsid w:val="00682C0A"/>
+    <w:rsid w:val="00692561"/>
+    <w:rsid w:val="0069542D"/>
+    <w:rsid w:val="006A3C2F"/>
+    <w:rsid w:val="006C259E"/>
+    <w:rsid w:val="006D427D"/>
+    <w:rsid w:val="006E6FD6"/>
+    <w:rsid w:val="00702DA0"/>
+    <w:rsid w:val="00705A2B"/>
+    <w:rsid w:val="0072129C"/>
+    <w:rsid w:val="00733539"/>
+    <w:rsid w:val="00733DEC"/>
+    <w:rsid w:val="00735DF5"/>
+    <w:rsid w:val="00740CCC"/>
+    <w:rsid w:val="00743320"/>
+    <w:rsid w:val="00744D37"/>
+    <w:rsid w:val="007532BC"/>
+    <w:rsid w:val="007869F3"/>
+    <w:rsid w:val="00786C64"/>
+    <w:rsid w:val="007C39AB"/>
+    <w:rsid w:val="007C4095"/>
+    <w:rsid w:val="007E113C"/>
+    <w:rsid w:val="007F171D"/>
+    <w:rsid w:val="007F594C"/>
+    <w:rsid w:val="007F68AA"/>
+    <w:rsid w:val="008122D5"/>
+    <w:rsid w:val="00837C83"/>
+    <w:rsid w:val="00842118"/>
+    <w:rsid w:val="00842C59"/>
+    <w:rsid w:val="008434D2"/>
+    <w:rsid w:val="00856A31"/>
+    <w:rsid w:val="00857284"/>
+    <w:rsid w:val="0087426A"/>
+    <w:rsid w:val="00874E13"/>
+    <w:rsid w:val="00896184"/>
+    <w:rsid w:val="008A3B4C"/>
+    <w:rsid w:val="008B51D8"/>
+    <w:rsid w:val="008E28AC"/>
+    <w:rsid w:val="008F1D3C"/>
+    <w:rsid w:val="0091530C"/>
+    <w:rsid w:val="009177E3"/>
+    <w:rsid w:val="00921A2D"/>
+    <w:rsid w:val="00943264"/>
+    <w:rsid w:val="00971E5F"/>
+    <w:rsid w:val="00977688"/>
+    <w:rsid w:val="00980152"/>
+    <w:rsid w:val="009879DC"/>
+    <w:rsid w:val="00987C4D"/>
+    <w:rsid w:val="00990B66"/>
+    <w:rsid w:val="009A70C0"/>
+    <w:rsid w:val="009B1159"/>
+    <w:rsid w:val="009B1E2E"/>
+    <w:rsid w:val="009C2F45"/>
+    <w:rsid w:val="009D2A2C"/>
+    <w:rsid w:val="009F1552"/>
+    <w:rsid w:val="009F7565"/>
+    <w:rsid w:val="009F777C"/>
+    <w:rsid w:val="00A053AA"/>
+    <w:rsid w:val="00A249B0"/>
+    <w:rsid w:val="00A30E11"/>
+    <w:rsid w:val="00A317BF"/>
+    <w:rsid w:val="00A344B7"/>
+    <w:rsid w:val="00A447C2"/>
+    <w:rsid w:val="00A45676"/>
+    <w:rsid w:val="00A50EAE"/>
+    <w:rsid w:val="00A52B5F"/>
+    <w:rsid w:val="00A60818"/>
+    <w:rsid w:val="00A631AA"/>
+    <w:rsid w:val="00A709F0"/>
+    <w:rsid w:val="00A71656"/>
+    <w:rsid w:val="00A80C35"/>
+    <w:rsid w:val="00A83227"/>
+    <w:rsid w:val="00A96215"/>
+    <w:rsid w:val="00AA585B"/>
+    <w:rsid w:val="00AE6AB0"/>
+    <w:rsid w:val="00AE71D9"/>
+    <w:rsid w:val="00AF4102"/>
+    <w:rsid w:val="00AF45D0"/>
+    <w:rsid w:val="00B004E6"/>
+    <w:rsid w:val="00B03F6F"/>
+    <w:rsid w:val="00B11338"/>
+    <w:rsid w:val="00B310C0"/>
+    <w:rsid w:val="00B34153"/>
+    <w:rsid w:val="00B47844"/>
+    <w:rsid w:val="00B50B37"/>
+    <w:rsid w:val="00B52D2F"/>
+    <w:rsid w:val="00B61623"/>
+    <w:rsid w:val="00B86FCB"/>
+    <w:rsid w:val="00B8770B"/>
+    <w:rsid w:val="00B933CA"/>
+    <w:rsid w:val="00BA0035"/>
+    <w:rsid w:val="00BC63E2"/>
+    <w:rsid w:val="00BE680E"/>
+    <w:rsid w:val="00BF4991"/>
+    <w:rsid w:val="00C025F9"/>
+    <w:rsid w:val="00C03153"/>
+    <w:rsid w:val="00C03805"/>
+    <w:rsid w:val="00C15D02"/>
+    <w:rsid w:val="00C26F22"/>
+    <w:rsid w:val="00C37A75"/>
+    <w:rsid w:val="00C461E4"/>
+    <w:rsid w:val="00C47D8A"/>
+    <w:rsid w:val="00C51BEF"/>
+    <w:rsid w:val="00C57BB6"/>
+    <w:rsid w:val="00C6088E"/>
+    <w:rsid w:val="00C749F8"/>
+    <w:rsid w:val="00C76FCB"/>
+    <w:rsid w:val="00C9047E"/>
+    <w:rsid w:val="00C94FA4"/>
+    <w:rsid w:val="00CB4107"/>
+    <w:rsid w:val="00CD1A78"/>
+    <w:rsid w:val="00CD38C0"/>
+    <w:rsid w:val="00CE264F"/>
+    <w:rsid w:val="00CE2673"/>
+    <w:rsid w:val="00CF091F"/>
+    <w:rsid w:val="00D0153B"/>
+    <w:rsid w:val="00D134E7"/>
+    <w:rsid w:val="00D13EA8"/>
+    <w:rsid w:val="00D220D1"/>
+    <w:rsid w:val="00D3076E"/>
+    <w:rsid w:val="00D32155"/>
+    <w:rsid w:val="00D32EB0"/>
+    <w:rsid w:val="00D43160"/>
+    <w:rsid w:val="00D45E46"/>
+    <w:rsid w:val="00D5398A"/>
+    <w:rsid w:val="00D666EC"/>
+    <w:rsid w:val="00D6763D"/>
+    <w:rsid w:val="00D713F4"/>
+    <w:rsid w:val="00D92FA3"/>
+    <w:rsid w:val="00D94062"/>
+    <w:rsid w:val="00DA03BF"/>
+    <w:rsid w:val="00DA3C4D"/>
+    <w:rsid w:val="00DB1129"/>
+    <w:rsid w:val="00DB5B91"/>
+    <w:rsid w:val="00DB7A29"/>
+    <w:rsid w:val="00DC21EC"/>
+    <w:rsid w:val="00DD6879"/>
+    <w:rsid w:val="00E01BB9"/>
+    <w:rsid w:val="00E051DC"/>
+    <w:rsid w:val="00E21B2B"/>
+    <w:rsid w:val="00E227ED"/>
+    <w:rsid w:val="00E25173"/>
+    <w:rsid w:val="00E4254E"/>
+    <w:rsid w:val="00E42A06"/>
+    <w:rsid w:val="00E5335C"/>
+    <w:rsid w:val="00E67590"/>
+    <w:rsid w:val="00E77431"/>
+    <w:rsid w:val="00E82AE9"/>
+    <w:rsid w:val="00E916AF"/>
+    <w:rsid w:val="00E92F83"/>
+    <w:rsid w:val="00E95566"/>
+    <w:rsid w:val="00E955E5"/>
+    <w:rsid w:val="00E97FEA"/>
+    <w:rsid w:val="00EA04CD"/>
+    <w:rsid w:val="00EA47D3"/>
+    <w:rsid w:val="00EA7D40"/>
+    <w:rsid w:val="00EB6DFC"/>
+    <w:rsid w:val="00EC3F84"/>
+    <w:rsid w:val="00EE0C9D"/>
+    <w:rsid w:val="00EE540A"/>
+    <w:rsid w:val="00F018F5"/>
+    <w:rsid w:val="00F03C8E"/>
+    <w:rsid w:val="00F21770"/>
+    <w:rsid w:val="00F43783"/>
+    <w:rsid w:val="00F52F56"/>
+    <w:rsid w:val="00F64C2D"/>
+    <w:rsid w:val="00F67FAD"/>
+    <w:rsid w:val="00F73A51"/>
+    <w:rsid w:val="00F77EF0"/>
+    <w:rsid w:val="00F914AA"/>
+    <w:rsid w:val="00FB2F05"/>
+    <w:rsid w:val="00FC32D1"/>
+    <w:rsid w:val="00FC45E5"/>
+    <w:rsid w:val="00FD3B4E"/>
+    <w:rsid w:val="00FD745D"/>
+    <w:rsid w:val="00FE0F7F"/>
+    <w:rsid w:val="00FE4D4E"/>
+    <w:rsid w:val="00FF0901"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{2ECD1E53-9FF3-45C7-8051-230AF0472B29}"/>
+  <w15:docId w15:val="{6890FD94-E2E5-47CC-B17A-D120A859C00E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1158,51 +1928,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1379,416 +2149,422 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...5 lines deleted...]
-    <w:rsid w:val="00E16F92"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00C15D02"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...27 lines deleted...]
-    <w:rsid w:val="00E16F92"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3147</Characters>
+  <Pages>5</Pages>
+  <Words>1442</Words>
+  <Characters>8224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3691</CharactersWithSpaces>
+  <CharactersWithSpaces>9647</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>client</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>