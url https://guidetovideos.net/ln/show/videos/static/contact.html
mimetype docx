--- v0 (2025-12-15)
+++ v1 (2026-01-28)
@@ -1,643 +1,3265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:background w:color="F7FBFF"/>
   <w:body>
-    <w:p w:rsidR="007E5878" w:rsidRPr="00BC1945" w:rsidRDefault="007E5878" w:rsidP="003B7C9E">
+    <w:p w14:paraId="7B5E01C0" w14:textId="50BE1871" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">في صباح السابع والعشرين من </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بريل عام </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لف وخمسمائة وواحد وعشرين</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">دارت رحى معركة رهيبة على شاطئ جزيرة ما </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>كاتان</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الفلبينية،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> انتهت بانتصار س</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كان الجزيرة على حملة ماجيلان </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>سبانية</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> التي سعت ل</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>حتلال الفلبين</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ولأربعين عامًا </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تالية </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لم يجرؤ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>سبان</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> على الاقتراب من الفلبين مره أخرى</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6076117E" w14:textId="515E0FE3" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كان قائد الجزيرة في ذلك الوقت </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>رجلا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> سيخلد التاريخ </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اسمه، بل </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>سي</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ُ</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>نصب له تمثال ذهبي</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ٌّ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يراه كل سائح يقصد الفلبين.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C89FA99" w14:textId="757009F6" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00743632" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidR="00323FA6" w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>نه السلطان المسلم</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445F81AB" w14:textId="600DF458" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لابو لابو</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFE5EE8" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>كلمة السر هي "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:bidi="ar-SY"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>الكرامة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>"  فبينما وافق (زولا) وهو أمير آخر من امراء الفلبين وقتها أن يدفع الإتاوة الظالمة التي حاولت اسبانيا فرضها على الفلبين لكي يحافظ على ملكه..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8B9F55" w14:textId="6B70E422" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>رفع "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لابو</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لابو</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>" لواء الحرية رافضًا ان يكون عبدًا في وطنه</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وجمع </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لفا وخمسمائة من </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>بناء وطنه وهاجمو</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> السفن </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>الغازيه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عند الفجر</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> في مهمة </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تبدو </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>مستحيلة</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حوال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ي 30 سفينة محملة بالجنود </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>سبان</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>مدججين</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>بالأ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">سلحة </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">متطورة </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">التي </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لا يملكها غيرهم</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> في ذلك الوقت، </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ولكنهم </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>فوجئوا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بشجاعة مذهلة من </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لابو</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لابو</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وجنوده،</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اضطرو معها للفرار مرة أخرى</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ومغادرة أرض الفلبين..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6C4A6F" w14:textId="11A6275E" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لا عجب </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نك ترى صورته حتى </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>اليوم على شعار الشرطة الفلبينية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ومكتب حماية الحرائق</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377053E6" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00722643" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:anchor="/media/File:Bureau_of_Fire_Protection.png" w:history="1">
+        <w:r w:rsidR="00323FA6" w:rsidRPr="00323FA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:bidi="ar-EG"/>
+          </w:rPr>
+          <w:t>https://en.wikipedia.org/wiki/Bureau_of_Fire_Protection#/media/File:Bureau_of_Fire_Protection.png</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6B4F74A5" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00722643" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00323FA6" w:rsidRPr="00323FA6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:lang w:bidi="ar-EG"/>
+          </w:rPr>
+          <w:t>https://en.wikipedia.org/wiki/Philippine_National_Police</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="215C2BB5" w14:textId="1C97CD5C" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ككل قادة المسلمين</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>آمن</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> لابو لابو </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>قول الله تعالى</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ولقد كرمنا بنى آدم) [ال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>سراء</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الآية:70</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6805852F" w14:textId="06AE1140" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>وقوله عز وجل</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> {وَأَعِدُّوا لَهُمْ مَا اسْتَطَعْتُمْ مِنْ قُوَّةٍ وَمِنْ رِبَاطِ الْخَيْلِ تُرْهِبُونَ بِهِ عَدُوَّ اللَّهِ وَعَدُوَّكُمْ} [الأنفال الآية:60]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D35263" w14:textId="455CAB28" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إنه الجهاد في </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>روع صوره</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> والكرامة الإنسانية في أجمل تجلياتها.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="567428F4" w14:textId="4E33316D" w:rsidR="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>يزخر تاريخ الاسلام بقادة عظماء من مشارق ال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أرض ومغاربها ومن كل الأجناس وال</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>عراق</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> قادو</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> شعوبهم نحو انتصارات مجيدة قد يجهلها </w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>حفادهم اليوم</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ولكن يبقى مصدر إلهامهم محفوظًا بحفظ الله</w:t>
+      </w:r>
+      <w:r w:rsidR="00743632">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> لا يغيره الزمان.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3F866C" w14:textId="7F44C176" w:rsidR="006D0B62" w:rsidRDefault="00743632" w:rsidP="00743632">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>لتتعرف عليه.. تح</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">دث الآن مع </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>حد الدعاة المخ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...22 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ت</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>صين مبا</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:bidi="ar-SY"/>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>ش</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>رة عبر</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...287 lines deleted...]
-        <w:t xml:space="preserve">Marriage is the only sound relationship between man and woman. In all situations where men and women are together, as in the workplace or other social contacts, Islam requires women to wear the hijab. It thus elevates the woman from being a sex object and enables her to assume her rightful status as a participant in society without any sexual overtones.  </w:t>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t>موقعنا</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="006D0B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (----) </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007E5878" w:rsidRDefault="007E5878" w:rsidP="003B7C9E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="001F45B7" w14:textId="77777777" w:rsidR="006D0B62" w:rsidRDefault="006D0B62" w:rsidP="006D0B62">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-EG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E5878" w:rsidRPr="003B7C9E" w:rsidRDefault="007E5878">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="660303EE" w14:textId="0F5303E2" w:rsidR="006D0B62" w:rsidRPr="00323FA6" w:rsidRDefault="006D0B62" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007E5878" w:rsidRPr="003B7C9E" w:rsidSect="008C3434">
-      <w:pgSz w:w="11900" w:h="16840"/>
+    <w:p w14:paraId="41540716" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA0A6CA" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="612B7E61" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C9C37C3" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70141C96" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E99A425" w14:textId="77777777" w:rsidR="00323FA6" w:rsidRPr="00323FA6" w:rsidRDefault="00323FA6" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="371138A8" w14:textId="77777777" w:rsidR="003F5A5C" w:rsidRPr="00323FA6" w:rsidRDefault="003F5A5C" w:rsidP="00323FA6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Adobe Arabic" w:hAnsi="Adobe Arabic" w:cs="Adobe Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003F5A5C" w:rsidRPr="00323FA6" w:rsidSect="006F268F">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgBorders w:offsetFrom="page">
+        <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
+        <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
+        <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
+        <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="0070C0"/>
+      </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5CB5CDFF" w14:textId="77777777" w:rsidR="00722643" w:rsidRDefault="00722643" w:rsidP="0050632D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0A92776C" w14:textId="77777777" w:rsidR="00722643" w:rsidRDefault="00722643" w:rsidP="0050632D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Adobe Arabic">
+    <w:panose1 w:val="02040503050201020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000202F" w:usb1="8000A04A" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1B85FCFC" w14:textId="77777777" w:rsidR="00722643" w:rsidRDefault="00722643" w:rsidP="0050632D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="09EC1993" w14:textId="77777777" w:rsidR="00722643" w:rsidRDefault="00722643" w:rsidP="0050632D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="2C200A84" w14:textId="27798131" w:rsidR="0050632D" w:rsidRDefault="00323FA6">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3951B0D5" wp14:editId="4D3C9052">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionV>
+          <wp:extent cx="5942965" cy="5882005"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2" name="Picture 2" descr="logodark11"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="WordPictureWatermark4234336" descr="logodark11"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:lum bright="70000" contrast="-70000"/>
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5942965" cy="5882005"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="0BFD87E5" w14:textId="77777777" w:rsidR="0050632D" w:rsidRDefault="00722643">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:pict w14:anchorId="0DF9A470">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark4234337" o:spid="_x0000_s2051" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:467.95pt;height:463.15pt;z-index:-251657728;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title="logodark11" gain="19661f" blacklevel="22938f"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="1E428ABE" w14:textId="75A44C89" w:rsidR="0050632D" w:rsidRDefault="00323FA6">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3D2613FC" wp14:editId="720CF1C7">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionV>
+          <wp:extent cx="5942965" cy="5882005"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Picture 1" descr="logodark11"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="WordPictureWatermark4234335" descr="logodark11"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:lum bright="70000" contrast="-70000"/>
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5942965" cy="5882005"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C2B6DCB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B100234"/>
+    <w:lvl w:ilvl="0" w:tplc="D3502CB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="222222"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FBF2821"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0BCBE4E"/>
+    <w:lvl w:ilvl="0" w:tplc="00FE8E60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="243C475E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD8A2FAA"/>
+    <w:lvl w:ilvl="0" w:tplc="F9946A20">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="299500C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BDA6716"/>
+    <w:lvl w:ilvl="0" w:tplc="20C48824">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="428E0E73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B1A0CFAE"/>
+    <w:lvl w:ilvl="0" w:tplc="334E87E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79156C28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8EAA684"/>
+    <w:lvl w:ilvl="0" w:tplc="1E6EB44E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79F57257"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D52C7A5C"/>
+    <w:lvl w:ilvl="0" w:tplc="235E4D02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F43713B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E31E9B44"/>
+    <w:lvl w:ilvl="0" w:tplc="88D49C7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:embedSystemFonts/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="120"/>
+  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
-  <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2052">
+      <o:colormru v:ext="edit" colors="#c9dfff,#effbff,#f0f7fe,#fbfdff,#f7fbff"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...14 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003B7C9E"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00EC565E"/>
+    <w:rsidRoot w:val="00994444"/>
+    <w:rsid w:val="000114C0"/>
+    <w:rsid w:val="00014EC6"/>
+    <w:rsid w:val="00030023"/>
+    <w:rsid w:val="000316A8"/>
+    <w:rsid w:val="00035354"/>
+    <w:rsid w:val="0004325E"/>
+    <w:rsid w:val="000521EA"/>
+    <w:rsid w:val="00075A14"/>
+    <w:rsid w:val="000773B1"/>
+    <w:rsid w:val="0008688C"/>
+    <w:rsid w:val="000A6BBD"/>
+    <w:rsid w:val="000C6957"/>
+    <w:rsid w:val="000D51C8"/>
+    <w:rsid w:val="000E051A"/>
+    <w:rsid w:val="000E5A22"/>
+    <w:rsid w:val="000F783F"/>
+    <w:rsid w:val="00107395"/>
+    <w:rsid w:val="0011146F"/>
+    <w:rsid w:val="001256AC"/>
+    <w:rsid w:val="0013123B"/>
+    <w:rsid w:val="00141234"/>
+    <w:rsid w:val="001464CF"/>
+    <w:rsid w:val="0015508A"/>
+    <w:rsid w:val="001737C5"/>
+    <w:rsid w:val="001A6F3D"/>
+    <w:rsid w:val="001C270A"/>
+    <w:rsid w:val="001E4E7D"/>
+    <w:rsid w:val="001F1761"/>
+    <w:rsid w:val="001F4B77"/>
+    <w:rsid w:val="00213653"/>
+    <w:rsid w:val="0022235E"/>
+    <w:rsid w:val="00230E23"/>
+    <w:rsid w:val="002356BE"/>
+    <w:rsid w:val="002525C9"/>
+    <w:rsid w:val="00254878"/>
+    <w:rsid w:val="00285BAF"/>
+    <w:rsid w:val="00286F88"/>
+    <w:rsid w:val="002B4722"/>
+    <w:rsid w:val="002B5342"/>
+    <w:rsid w:val="002B6FBA"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:rsid w:val="002C2B56"/>
+    <w:rsid w:val="002C767D"/>
+    <w:rsid w:val="002D068B"/>
+    <w:rsid w:val="002D5DDD"/>
+    <w:rsid w:val="002D5ED9"/>
+    <w:rsid w:val="002F79A6"/>
+    <w:rsid w:val="003078ED"/>
+    <w:rsid w:val="00317480"/>
+    <w:rsid w:val="00323FA6"/>
+    <w:rsid w:val="00330EBE"/>
+    <w:rsid w:val="00360595"/>
+    <w:rsid w:val="0036770C"/>
+    <w:rsid w:val="00382CB0"/>
+    <w:rsid w:val="00385E4A"/>
+    <w:rsid w:val="00391D41"/>
+    <w:rsid w:val="003958D1"/>
+    <w:rsid w:val="003A05D1"/>
+    <w:rsid w:val="003B0EE4"/>
+    <w:rsid w:val="003C1FD4"/>
+    <w:rsid w:val="003C6F26"/>
+    <w:rsid w:val="003D1CC2"/>
+    <w:rsid w:val="003D1D35"/>
+    <w:rsid w:val="003F3FDF"/>
+    <w:rsid w:val="003F5A5C"/>
+    <w:rsid w:val="004213A0"/>
+    <w:rsid w:val="00422EE4"/>
+    <w:rsid w:val="004259EA"/>
+    <w:rsid w:val="00434B75"/>
+    <w:rsid w:val="00444B31"/>
+    <w:rsid w:val="0044521B"/>
+    <w:rsid w:val="00473B1A"/>
+    <w:rsid w:val="00492D66"/>
+    <w:rsid w:val="0049766E"/>
+    <w:rsid w:val="004B1C39"/>
+    <w:rsid w:val="004E4009"/>
+    <w:rsid w:val="004F1404"/>
+    <w:rsid w:val="00505A43"/>
+    <w:rsid w:val="0050632D"/>
+    <w:rsid w:val="0053119E"/>
+    <w:rsid w:val="00551479"/>
+    <w:rsid w:val="005554CE"/>
+    <w:rsid w:val="00557A98"/>
+    <w:rsid w:val="00584C22"/>
+    <w:rsid w:val="005A2E2B"/>
+    <w:rsid w:val="005A76B8"/>
+    <w:rsid w:val="005C0744"/>
+    <w:rsid w:val="005C193F"/>
+    <w:rsid w:val="005F4547"/>
+    <w:rsid w:val="00607FB4"/>
+    <w:rsid w:val="00611005"/>
+    <w:rsid w:val="00611E8E"/>
+    <w:rsid w:val="006120A8"/>
+    <w:rsid w:val="006133AB"/>
+    <w:rsid w:val="00623456"/>
+    <w:rsid w:val="00640F7E"/>
+    <w:rsid w:val="0065257E"/>
+    <w:rsid w:val="0065427D"/>
+    <w:rsid w:val="006715A3"/>
+    <w:rsid w:val="006758D6"/>
+    <w:rsid w:val="00676470"/>
+    <w:rsid w:val="006838F6"/>
+    <w:rsid w:val="006B4FAC"/>
+    <w:rsid w:val="006C3253"/>
+    <w:rsid w:val="006C5127"/>
+    <w:rsid w:val="006D0B62"/>
+    <w:rsid w:val="006E3419"/>
+    <w:rsid w:val="006F268F"/>
+    <w:rsid w:val="006F4463"/>
+    <w:rsid w:val="00703245"/>
+    <w:rsid w:val="00722643"/>
+    <w:rsid w:val="00737601"/>
+    <w:rsid w:val="00740D62"/>
+    <w:rsid w:val="00743632"/>
+    <w:rsid w:val="00745CC1"/>
+    <w:rsid w:val="00782E24"/>
+    <w:rsid w:val="00785E87"/>
+    <w:rsid w:val="00790107"/>
+    <w:rsid w:val="007B6508"/>
+    <w:rsid w:val="007C44BB"/>
+    <w:rsid w:val="007C5FC9"/>
+    <w:rsid w:val="007D2781"/>
+    <w:rsid w:val="007E2136"/>
+    <w:rsid w:val="00806D24"/>
+    <w:rsid w:val="00811F31"/>
+    <w:rsid w:val="00816B5A"/>
+    <w:rsid w:val="008310F9"/>
+    <w:rsid w:val="00835962"/>
+    <w:rsid w:val="008462FB"/>
+    <w:rsid w:val="008679C3"/>
+    <w:rsid w:val="00872216"/>
+    <w:rsid w:val="00876D9B"/>
+    <w:rsid w:val="008872C4"/>
+    <w:rsid w:val="008A1466"/>
+    <w:rsid w:val="008B29AF"/>
+    <w:rsid w:val="008B3083"/>
+    <w:rsid w:val="008C0CB9"/>
+    <w:rsid w:val="008C6B19"/>
+    <w:rsid w:val="008D6F61"/>
+    <w:rsid w:val="008E4A61"/>
+    <w:rsid w:val="00900120"/>
+    <w:rsid w:val="0090251D"/>
+    <w:rsid w:val="0093042E"/>
+    <w:rsid w:val="0093319E"/>
+    <w:rsid w:val="0094272C"/>
+    <w:rsid w:val="009543B5"/>
+    <w:rsid w:val="009612AE"/>
+    <w:rsid w:val="00972881"/>
+    <w:rsid w:val="00994444"/>
+    <w:rsid w:val="009A02E7"/>
+    <w:rsid w:val="009A621E"/>
+    <w:rsid w:val="009B0CC3"/>
+    <w:rsid w:val="009C7736"/>
+    <w:rsid w:val="009D227E"/>
+    <w:rsid w:val="009D7F7D"/>
+    <w:rsid w:val="009F670B"/>
+    <w:rsid w:val="00A10745"/>
+    <w:rsid w:val="00A107B9"/>
+    <w:rsid w:val="00A235FD"/>
+    <w:rsid w:val="00A247D6"/>
+    <w:rsid w:val="00A3510B"/>
+    <w:rsid w:val="00A479D1"/>
+    <w:rsid w:val="00A530F1"/>
+    <w:rsid w:val="00A55F82"/>
+    <w:rsid w:val="00A6398E"/>
+    <w:rsid w:val="00A9536C"/>
+    <w:rsid w:val="00A9562D"/>
+    <w:rsid w:val="00AA0188"/>
+    <w:rsid w:val="00AA630B"/>
+    <w:rsid w:val="00AA6F2C"/>
+    <w:rsid w:val="00AB4E7A"/>
+    <w:rsid w:val="00AE3A8F"/>
+    <w:rsid w:val="00B01C3B"/>
+    <w:rsid w:val="00B0787A"/>
+    <w:rsid w:val="00B13BD4"/>
+    <w:rsid w:val="00B1621F"/>
+    <w:rsid w:val="00B24733"/>
+    <w:rsid w:val="00B319FD"/>
+    <w:rsid w:val="00B621B5"/>
+    <w:rsid w:val="00B64FDB"/>
+    <w:rsid w:val="00B74DC8"/>
+    <w:rsid w:val="00B902C4"/>
+    <w:rsid w:val="00B91722"/>
+    <w:rsid w:val="00B92B59"/>
+    <w:rsid w:val="00BC153E"/>
+    <w:rsid w:val="00BC2382"/>
+    <w:rsid w:val="00BC7705"/>
+    <w:rsid w:val="00BD188A"/>
+    <w:rsid w:val="00C25DFE"/>
+    <w:rsid w:val="00C400CF"/>
+    <w:rsid w:val="00C416B1"/>
+    <w:rsid w:val="00C528C2"/>
+    <w:rsid w:val="00C7467B"/>
+    <w:rsid w:val="00C811BC"/>
+    <w:rsid w:val="00C81A7B"/>
+    <w:rsid w:val="00C9624C"/>
+    <w:rsid w:val="00C97A24"/>
+    <w:rsid w:val="00CA0687"/>
+    <w:rsid w:val="00CE7118"/>
+    <w:rsid w:val="00D04053"/>
+    <w:rsid w:val="00D11594"/>
+    <w:rsid w:val="00D250B2"/>
+    <w:rsid w:val="00D314AC"/>
+    <w:rsid w:val="00D314E1"/>
+    <w:rsid w:val="00D37833"/>
+    <w:rsid w:val="00D37CD3"/>
+    <w:rsid w:val="00D422F7"/>
+    <w:rsid w:val="00D431AE"/>
+    <w:rsid w:val="00D45013"/>
+    <w:rsid w:val="00D47A16"/>
+    <w:rsid w:val="00D5029E"/>
+    <w:rsid w:val="00D666D3"/>
+    <w:rsid w:val="00D67A6C"/>
+    <w:rsid w:val="00D67E1B"/>
+    <w:rsid w:val="00D717AD"/>
+    <w:rsid w:val="00D73E8F"/>
+    <w:rsid w:val="00DB29FD"/>
+    <w:rsid w:val="00DB42AC"/>
+    <w:rsid w:val="00DC17CB"/>
+    <w:rsid w:val="00DC4174"/>
+    <w:rsid w:val="00DD4864"/>
+    <w:rsid w:val="00E057AB"/>
+    <w:rsid w:val="00E1291E"/>
+    <w:rsid w:val="00E342AF"/>
+    <w:rsid w:val="00E4174F"/>
+    <w:rsid w:val="00E46C20"/>
+    <w:rsid w:val="00E764EF"/>
+    <w:rsid w:val="00E800AF"/>
+    <w:rsid w:val="00E87FE6"/>
+    <w:rsid w:val="00E9373D"/>
+    <w:rsid w:val="00E960E1"/>
+    <w:rsid w:val="00EA411A"/>
+    <w:rsid w:val="00EB101F"/>
+    <w:rsid w:val="00EB1139"/>
+    <w:rsid w:val="00EC181D"/>
+    <w:rsid w:val="00EC54A0"/>
+    <w:rsid w:val="00F07C91"/>
+    <w:rsid w:val="00F3704D"/>
+    <w:rsid w:val="00F504C0"/>
+    <w:rsid w:val="00F53E0D"/>
+    <w:rsid w:val="00F93026"/>
+    <w:rsid w:val="00FB1646"/>
+    <w:rsid w:val="00FD2610"/>
+    <w:rsid w:val="00FD476E"/>
+    <w:rsid w:val="00FF43A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052">
+      <o:colormru v:ext="edit" colors="#c9dfff,#effbff,#f0f7fe,#fbfdff,#f7fbff"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{B9AF45B9-0FD8-42BA-A654-CC2BC343822F}"/>
+  <w14:docId w14:val="4C035846"/>
+  <w15:docId w15:val="{5E8A4A64-0A7D-42D8-AC40-E975982289ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -659,51 +3281,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -877,112 +3499,1520 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003B7C9E"/>
+    <w:rsid w:val="00740D62"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:bidi/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="LightGrid-Accent11">
+    <w:name w:val="Light Grid - Accent 11"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="-5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="1-5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="1-4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00740D62"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0050632D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="رأس الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0050632D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0050632D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="تذييل الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0050632D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="6-5">
+    <w:name w:val="Grid Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="6-2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="D99594" w:themeColor="accent2" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="4-4">
+    <w:name w:val="List Table 4 Accent 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="B2A1C7" w:themeColor="accent4" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="5-4">
+    <w:name w:val="List Table 5 Dark Accent 4"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="1-50">
+    <w:name w:val="Grid Table 1 Light Accent 5"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="002B7B71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE7118"/>
+    <w:pPr>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003B7C9E"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE7118"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:color w:val="0563C1"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00790107"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1-51">
+    <w:name w:val="جدول شبكة 1 فاتح - تمييز 51"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="003078ED"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="92CDDC" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="73742785">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="193933475">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="272592140">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="361825026">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="497159400">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="954364080">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="985664107">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="371807981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="574903599">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="421335402">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="-450"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2061467607">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="770011677">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1196653484">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="150"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="2110004211">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="2086954771">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1142891018">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="225"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1223322773">
+                                              <w:marLeft w:val="540"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="1306933694">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="1596328529">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="15"/>
+                                                      <w:marBottom w:val="15"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1556817070">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="316808440">
+              <w:marLeft w:val="180"/>
+              <w:marRight w:val="120"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1589922728">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="394936557">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="120"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1889608944">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1156611822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1926986484">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1932199153">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Bureau_of_Fire_Protection" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Philippine_National_Police" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1016,84 +5046,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1224,59 +5256,94 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20827242-AE63-4703-9305-EB76D95A614D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3643</Characters>
+  <Pages>2</Pages>
+  <Words>286</Words>
+  <Characters>1636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>&lt;egyptian hak&gt;</Company>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>العنوان</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4273</CharactersWithSpaces>
+  <CharactersWithSpaces>1919</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Ahmed</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>